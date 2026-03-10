--- v0 (2025-10-19)
+++ v1 (2026-03-10)
@@ -1,9480 +1,9660 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6"/>
         <w:gridCol w:w="9061"/>
         <w:gridCol w:w="5"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D812A6" w:rsidRPr="00D812A6">
+      <w:tr w:rsidR="00D812A6" w:rsidRPr="00D812A6" w14:paraId="0F81139F" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812A6" w:rsidRPr="00D812A6" w:rsidRDefault="000203B4" w:rsidP="00D812A6">
+          <w:p w14:paraId="46380EA7" w14:textId="77777777" w:rsidR="00D812A6" w:rsidRPr="00D812A6" w:rsidRDefault="000203B4" w:rsidP="00D812A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812A6" w:rsidRPr="00D812A6" w:rsidRDefault="000203B4" w:rsidP="00D812A6">
+          <w:p w14:paraId="6F9703FE" w14:textId="77777777" w:rsidR="00D812A6" w:rsidRPr="00D812A6" w:rsidRDefault="000203B4" w:rsidP="00D812A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D812A6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Ansprechpartner</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> des Amtsgerichts Nordenham</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D812A6" w:rsidRPr="00D812A6">
+      <w:tr w:rsidR="00D812A6" w:rsidRPr="00D812A6" w14:paraId="0B89C062" w14:textId="77777777">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812A6" w:rsidRPr="00D812A6" w:rsidRDefault="00DE7FC1" w:rsidP="00D812A6">
+          <w:p w14:paraId="65DA8769" w14:textId="77777777" w:rsidR="00D812A6" w:rsidRPr="00D812A6" w:rsidRDefault="00DE7FC1" w:rsidP="00D812A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="72CABEDE" wp14:editId="6709417C">
                   <wp:extent cx="9525" cy="95250"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Bild 1" descr="http://www.amtsgericht-oldenburg.niedersachsen.de/cda/gfx/1x1_trans.gif"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1" descr="http://www.amtsgericht-oldenburg.niedersachsen.de/cda/gfx/1x1_trans.gif"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="9525" cy="95250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D812A6" w:rsidRPr="00D812A6">
+      <w:tr w:rsidR="00D812A6" w:rsidRPr="00D812A6" w14:paraId="0236A00C" w14:textId="77777777">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812A6" w:rsidRPr="00D812A6" w:rsidRDefault="00D812A6" w:rsidP="00D812A6">
+          <w:p w14:paraId="3EA61F08" w14:textId="77777777" w:rsidR="00D812A6" w:rsidRPr="00D812A6" w:rsidRDefault="00D812A6" w:rsidP="00D812A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812A6" w:rsidRPr="00D812A6" w:rsidRDefault="00D812A6" w:rsidP="00D812A6">
+          <w:p w14:paraId="06014EED" w14:textId="77777777" w:rsidR="00D812A6" w:rsidRPr="00D812A6" w:rsidRDefault="00D812A6" w:rsidP="00D812A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D812A6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Geschäftsstellen und Serviceeinheiten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812A6" w:rsidRPr="00D812A6" w:rsidRDefault="00D812A6" w:rsidP="00D812A6">
+          <w:p w14:paraId="7B3D857A" w14:textId="77777777" w:rsidR="00D812A6" w:rsidRPr="00D812A6" w:rsidRDefault="00D812A6" w:rsidP="00D812A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D812A6" w:rsidRPr="00D812A6">
+      <w:tr w:rsidR="00D812A6" w:rsidRPr="00D812A6" w14:paraId="04F8C152" w14:textId="77777777">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812A6" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00D812A6">
+          <w:p w14:paraId="04A69041" w14:textId="77777777" w:rsidR="00D812A6" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00D812A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE63E4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="69220F2E" wp14:editId="5AAD4F72">
                   <wp:extent cx="9525" cy="95250"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="2" name="Bild 2" descr="http://www.amtsgericht-oldenburg.niedersachsen.de/cda/gfx/1x1_trans.gif"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 2" descr="http://www.amtsgericht-oldenburg.niedersachsen.de/cda/gfx/1x1_trans.gif"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="9525" cy="95250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D812A6" w:rsidRPr="00D812A6">
+      <w:tr w:rsidR="00D812A6" w:rsidRPr="00D812A6" w14:paraId="331F5C9D" w14:textId="77777777">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812A6" w:rsidRPr="00D812A6" w:rsidRDefault="00D812A6" w:rsidP="00D812A6">
+          <w:p w14:paraId="561D17A2" w14:textId="77777777" w:rsidR="00D812A6" w:rsidRPr="00D812A6" w:rsidRDefault="00D812A6" w:rsidP="00D812A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812A6" w:rsidRPr="00DE63E4" w:rsidRDefault="00D812A6" w:rsidP="00D812A6">
+          <w:p w14:paraId="35207CEB" w14:textId="77777777" w:rsidR="00D812A6" w:rsidRPr="00DE63E4" w:rsidRDefault="00D812A6" w:rsidP="00D812A6">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE63E4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Die Geschäftsstellen und Serviceeinheiten sind die Schaltstellen der Abteilungen. Sie führen und bearbeiten die Akten über die anhängigen Verfahren. Hier können Schriftstücke abgegeben und ggf. Akten eingesehen werden. Sie vermitteln auch den Kontakt der Beteiligten zu den Sachbearbeitern, Rechtspflegern und Richtern.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003D269F" w:rsidRPr="00DE63E4" w:rsidRDefault="00D812A6" w:rsidP="00D812A6">
+          <w:p w14:paraId="3A6518DD" w14:textId="77777777" w:rsidR="003D269F" w:rsidRPr="00DE63E4" w:rsidRDefault="00D812A6" w:rsidP="00D812A6">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE63E4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Bei Anfragen zu laufenden Verfahren geben Sie bitte stets das Geschäftszeichen an.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812A6" w:rsidRPr="00D812A6" w:rsidRDefault="00D812A6" w:rsidP="00D812A6">
+          <w:p w14:paraId="5377B9CA" w14:textId="77777777" w:rsidR="00D812A6" w:rsidRPr="00D812A6" w:rsidRDefault="00D812A6" w:rsidP="00D812A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D812A6" w:rsidRPr="00D812A6">
+      <w:tr w:rsidR="00D812A6" w:rsidRPr="00D812A6" w14:paraId="4CF11662" w14:textId="77777777">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812A6" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00D812A6">
+          <w:p w14:paraId="5530D1E5" w14:textId="77777777" w:rsidR="00D812A6" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00D812A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE63E4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="45CDAC4B" wp14:editId="7E5797F4">
                   <wp:extent cx="9525" cy="123825"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="3" name="Bild 3" descr="http://www.amtsgericht-oldenburg.niedersachsen.de/cda/gfx/1x1_trans.gif"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 3" descr="http://www.amtsgericht-oldenburg.niedersachsen.de/cda/gfx/1x1_trans.gif"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="9525" cy="123825"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D812A6" w:rsidRPr="00D812A6">
+      <w:tr w:rsidR="00D812A6" w:rsidRPr="00D812A6" w14:paraId="3867EE20" w14:textId="77777777">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812A6" w:rsidRPr="00D812A6" w:rsidRDefault="00D812A6" w:rsidP="00D812A6">
+          <w:p w14:paraId="57F47F6C" w14:textId="77777777" w:rsidR="00D812A6" w:rsidRPr="00D812A6" w:rsidRDefault="00D812A6" w:rsidP="00D812A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C22685" w:rsidRPr="00DE63E4" w:rsidRDefault="00C22685"/>
+          <w:p w14:paraId="59C9398F" w14:textId="77777777" w:rsidR="00C22685" w:rsidRPr="00DE63E4" w:rsidRDefault="00C22685"/>
           <w:tbl>
             <w:tblPr>
               <w:tblpPr w:leftFromText="45" w:rightFromText="45" w:vertAnchor="text"/>
               <w:tblW w:w="9991" w:type="dxa"/>
               <w:tblCellSpacing w:w="15" w:type="dxa"/>
               <w:tblCellMar>
                 <w:top w:w="15" w:type="dxa"/>
                 <w:left w:w="15" w:type="dxa"/>
                 <w:bottom w:w="15" w:type="dxa"/>
                 <w:right w:w="15" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1925"/>
               <w:gridCol w:w="594"/>
-              <w:gridCol w:w="3284"/>
-[...1 lines deleted...]
-              <w:gridCol w:w="1840"/>
+              <w:gridCol w:w="3245"/>
+              <w:gridCol w:w="2411"/>
+              <w:gridCol w:w="1816"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00D812A6" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00D812A6" w:rsidRPr="00DE63E4" w14:paraId="68C8C1C0" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00D812A6" w:rsidRPr="00DE63E4" w:rsidRDefault="00D812A6" w:rsidP="00D812A6">
+                <w:p w14:paraId="17B20F4C" w14:textId="77777777" w:rsidR="00D812A6" w:rsidRPr="00DE63E4" w:rsidRDefault="00D812A6" w:rsidP="00D812A6">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                     </w:rPr>
                     <w:t>Adoptionen</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00D812A6" w:rsidRPr="00DE63E4" w:rsidRDefault="00D812A6" w:rsidP="00D812A6">
+                <w:p w14:paraId="2501A31D" w14:textId="77777777" w:rsidR="00D812A6" w:rsidRPr="00DE63E4" w:rsidRDefault="00D812A6" w:rsidP="00D812A6">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Telefon</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...2 lines deleted...]
-                <w:p w:rsidR="00D812A6" w:rsidRPr="00DE63E4" w:rsidRDefault="00D812A6" w:rsidP="00D812A6">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="4ADB5478" w14:textId="77777777" w:rsidR="00D812A6" w:rsidRPr="00DE63E4" w:rsidRDefault="00D812A6" w:rsidP="00D812A6">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04</w:t>
                   </w:r>
                   <w:r w:rsidR="004F581E" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>731/946-</w:t>
                   </w:r>
                   <w:r w:rsidR="00DE63E4" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                     </w:rPr>
                     <w:t>104</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="00D812A6" w:rsidRPr="00DE63E4" w:rsidRDefault="00070E98" w:rsidP="00D812A6">
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="5B445DA1" w14:textId="21E2AE4C" w:rsidR="00D812A6" w:rsidRPr="00DE63E4" w:rsidRDefault="00070E98" w:rsidP="00D812A6">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Buchst. A-</w:t>
                   </w:r>
-                  <w:r w:rsidR="004F581E" w:rsidRPr="00DE63E4">
-[...6 lines deleted...]
-                    <w:t>L</w:t>
+                  <w:r w:rsidR="00962479">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>K</w:t>
                   </w:r>
                   <w:r w:rsidR="001A116E" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>, V-Z</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="755EFCBB" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="78BDE1E6" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...15 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="27903E20" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="63AC17FB" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946-</w:t>
                   </w:r>
                   <w:r w:rsidR="00DE63E4" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>105</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="5C20E787" w14:textId="4DF0138F" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Buchst.</w:t>
                   </w:r>
                   <w:r w:rsidR="007A5530" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
-                  <w:r w:rsidR="00F8449E" w:rsidRPr="00DE63E4">
-[...6 lines deleted...]
-                    <w:t>M</w:t>
+                  <w:r w:rsidR="00962479">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>L</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>-</w:t>
                   </w:r>
                   <w:r w:rsidR="001A116E" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>U</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="370DD729" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="58129834" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="5C65EFE9" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Fax</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...2 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00D90FB6">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="4DB1A27F" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00D90FB6">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946-4</w:t>
                   </w:r>
                   <w:r w:rsidR="00D90FB6">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>05</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="32B3CEB5" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="4DFF9DB0" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="209"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="29041ED5" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="1E1F8A2D" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...2 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="3B04AE0D" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="3D95EA10" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00455F44" w:rsidRPr="00DE63E4" w:rsidRDefault="00455F44" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="3B412A46" w14:textId="77777777" w:rsidR="00455F44" w:rsidRPr="00DE63E4" w:rsidRDefault="00455F44" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="2902F15E" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="6251561B" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                     </w:rPr>
                     <w:t>Beratungshilfe</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="65613C99" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Telefon</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...2 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00320D08">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="5E5E9DE9" w14:textId="2C0A71E6" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00320D08">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946</w:t>
                   </w:r>
                   <w:r w:rsidR="00455F44" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>-</w:t>
                   </w:r>
                   <w:r w:rsidR="0042006F">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>211</w:t>
-[...7 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                    <w:t>21</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00962479">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>2</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="6EDCD5CC" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="5C6401DE" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="70F2592B" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="1C53C567" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Fax</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...2 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00455F44">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="54C8C0C8" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00455F44">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946</w:t>
                   </w:r>
                   <w:r w:rsidR="00C9693A" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>-4</w:t>
                   </w:r>
                   <w:r w:rsidR="00455F44" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>3</w:t>
                   </w:r>
                   <w:r w:rsidR="003D6DDA">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>5</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="3498939F" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="4BF888B5" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="03A889F4" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="73C1031F" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...2 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="4EA19FEA" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="007A5530" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="2980C454" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="007A5530" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Endnummern</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="40B28C47" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="197"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="18A15874" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                     </w:rPr>
                     <w:t>Betreuungssachen</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="00CB25AC" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Telefon</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...2 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="006041C0">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="0C70EE8F" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="006041C0">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04</w:t>
                   </w:r>
                   <w:r w:rsidR="00A75AA1" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>731/946-</w:t>
                   </w:r>
                   <w:r w:rsidR="006041C0" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>125</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00392232" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="637CAAD5" w14:textId="0D53B850" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="0052076B" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>3 - 9</w:t>
+                    <w:t>4</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00392232">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> - 9</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="184D1389" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="1CBC4853" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="7E2F6B65" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...2 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="7C37FA53" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946-126</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00392232" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="0A8B2D14" w14:textId="3F6A779D" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00392232" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>0 -2</w:t>
+                    <w:t>0 -</w:t>
+                  </w:r>
+                  <w:r w:rsidR="0052076B">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>3</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="13FE8A40" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="5FF33C3E" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="115B0FB0" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Fax</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...2 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="6D757B65" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946-426</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="4F0BD531" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="7674E14F" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="270A7DBC" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...30 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="58866FE2" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="387F2218" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="004BC944" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="46F70C70" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="007A5530" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="7CF488F6" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="007A5530" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Buß</w:t>
                   </w:r>
                   <w:r w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>geldsachen</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="4C3737EF" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Telefon</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...2 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="0042006F" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="7D699B52" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="0042006F" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946-20</w:t>
                   </w:r>
                   <w:r w:rsidR="007D0DC1">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>3</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="007D0DC1">
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="57788E47" w14:textId="6492EFE1" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="007D0DC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Buchst. </w:t>
                   </w:r>
                   <w:r w:rsidR="007D0DC1">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>A-K</w:t>
+                    <w:t>A-</w:t>
+                  </w:r>
+                  <w:r w:rsidR="0052076B">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>F, H-K</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="564702F6" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="0EA50BF1" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...15 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="0042006F" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="6CC7DB90" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="4A3F1A4C" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="0042006F" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946-202</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="007D0DC1">
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="71E0C088" w14:textId="2B104926" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="007D0DC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Buchst. </w:t>
                   </w:r>
+                  <w:r w:rsidR="0052076B">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>G,</w:t>
+                  </w:r>
                   <w:r w:rsidR="00320D08" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="00C9693A" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>L</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>-Z</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="2C5A4037" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="7D498462" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="0868AED2" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Fax</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...2 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="330774A6" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946-432</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="4012CD49" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="7A24E71B" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="1D5E3787" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...30 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="4284FCB3" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="02DF43E3" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="4A3BFB4F" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="0A65716F" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="74C2ECBE" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Datenschutzbeauftragte</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="750131A0" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>des Amtsgerichts</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="49D9CA06" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Email</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="2800" w:type="pct"/>
+                  <w:tcW w:w="2812" w:type="pct"/>
                   <w:gridSpan w:val="2"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                </w:tcPr>
+                <w:p w14:paraId="43282E9B" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>agndh-datenschutzbeauftragte@justiz.niedersachsen.de</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="7790D5C2" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="5724D544" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="70BD6FD6" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...12 lines deleted...]
-                  <w:tcW w:w="2800" w:type="pct"/>
+                <w:p w14:paraId="2E784DA5" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2812" w:type="pct"/>
                   <w:gridSpan w:val="2"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                </w:tcPr>
+                <w:p w14:paraId="584771CE" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="890" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="47E5D4E3" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="0A354580" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="3B167283" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                     </w:rPr>
                     <w:t>Familiensachen</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="6733D923" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Telefon</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...2 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="4B1E13D8" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04</w:t>
                   </w:r>
                   <w:r w:rsidR="004F581E" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>731/946-</w:t>
                   </w:r>
                   <w:r w:rsidR="00DE63E4" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>104</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="5BEC102C" w14:textId="16AAC021" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Buchst. A-</w:t>
                   </w:r>
-                  <w:r w:rsidR="004F581E" w:rsidRPr="00DE63E4">
-[...6 lines deleted...]
-                    <w:t>L</w:t>
+                  <w:r w:rsidR="00962479">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>K</w:t>
                   </w:r>
                   <w:r w:rsidR="001A116E" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>, V-Z</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="18FDBED7" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="50"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="38B7E6FD" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="02254730" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...2 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="6B28B6A8" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946-</w:t>
                   </w:r>
                   <w:r w:rsidR="00DE63E4" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>105</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="13F42A0C" w14:textId="2CE1805E" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Buchst.</w:t>
                   </w:r>
                   <w:r w:rsidR="007A5530" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
-                  <w:r w:rsidR="004F581E" w:rsidRPr="00DE63E4">
-[...6 lines deleted...]
-                    <w:t>M</w:t>
+                  <w:r w:rsidR="00962479">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>L</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>-</w:t>
                   </w:r>
                   <w:r w:rsidR="001A116E" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>U</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="201B1BDE" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="598F0596" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="5ED63045" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Fax</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...2 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00D90FB6">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="5A06ACAB" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00D90FB6">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946-4</w:t>
                   </w:r>
                   <w:r w:rsidR="00D90FB6">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>05</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="4D1B01A6" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="6CC0055D" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="4B08CFF7" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="2C1F190A" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...2 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="40105419" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="4D771727" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="1552CF67" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="1D9AA498" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                     </w:rPr>
                     <w:t>Grundbuchsachen</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="50A90C99" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Telefon</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...2 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="001F14F2" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="005517F6" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="001F14F2" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946-2</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>09</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="001F14F2" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="5B84EBB1" w14:textId="22F0D22F" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="0052076B" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>Nordenham</w:t>
-[...17 lines deleted...]
-                    <w:t>, Butjadingen</w:t>
+                    <w:t>Nordenham 0-7, Butjadingen</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="452076C0" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="24EB6C13" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="769DDD94" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...2 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="001F14F2" w:rsidP="004B07C0">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="214A7E50" w14:textId="28C733D4" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="001F14F2" w:rsidP="004B07C0">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946-2</w:t>
                   </w:r>
                   <w:r w:rsidR="0063135B">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>11</w:t>
-[...7 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="001F14F2" w:rsidP="00037887">
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00962479">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>2</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="41DC8D2B" w14:textId="0ACBDEB0" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="001F14F2" w:rsidP="00037887">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>Stadland, Nordenham</w:t>
+                    <w:t>Nordenham</w:t>
                   </w:r>
                   <w:r w:rsidR="0063135B">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> 8,9</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00037887" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="0052076B" w:rsidRPr="00DE63E4" w14:paraId="5C08A1BC" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00037887" w:rsidRPr="00DE63E4" w:rsidRDefault="00037887" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="10C9AB67" w14:textId="77777777" w:rsidR="0052076B" w:rsidRPr="00DE63E4" w:rsidRDefault="0052076B" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00037887" w:rsidRPr="00DE63E4" w:rsidRDefault="00037887" w:rsidP="00DE7FC1">
-[...38 lines deleted...]
-                  </w:pPr>
+                <w:p w14:paraId="23C1439E" w14:textId="77777777" w:rsidR="0052076B" w:rsidRPr="00DE63E4" w:rsidRDefault="0052076B" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="484BDCE3" w14:textId="476C196F" w:rsidR="0052076B" w:rsidRDefault="0052076B" w:rsidP="004B07C0">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>04731/946-202</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="2165DE29" w14:textId="79BBF862" w:rsidR="0052076B" w:rsidRDefault="0052076B" w:rsidP="00037887">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Stadland 0-4</w:t>
+                  </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00037887" w:rsidRPr="00DE63E4" w14:paraId="7ADA4A4F" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="09786C36" w14:textId="77777777" w:rsidR="00037887" w:rsidRPr="00DE63E4" w:rsidRDefault="00037887" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...65 lines deleted...]
-                  </w:pPr>
+                <w:p w14:paraId="6BDBF987" w14:textId="77777777" w:rsidR="00037887" w:rsidRPr="00DE63E4" w:rsidRDefault="00037887" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="7100ACCC" w14:textId="0DF7D144" w:rsidR="0052076B" w:rsidRPr="00DE63E4" w:rsidRDefault="0052076B" w:rsidP="004B07C0">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>04731/946-203</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="41F1F895" w14:textId="19CD86F6" w:rsidR="00037887" w:rsidRDefault="0052076B" w:rsidP="00037887">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Stadland 5-9</w:t>
+                  </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="5291C3EA" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...16 lines deleted...]
-                  </w:r>
+                <w:p w14:paraId="2361C544" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...30 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="78D9923F" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Fax</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="4DCC8534" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>04731/946-40</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00A75AA1" w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>2</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="3A1F01B8" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="0082579C">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="1BA01039" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="3D15BA34" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...65 lines deleted...]
-                  </w:r>
+                <w:p w14:paraId="059540B3" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="49DFC468" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="287E9828" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="2B565B24" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...16 lines deleted...]
-                    <w:t>Hinterlegungssachen</w:t>
+                <w:p w14:paraId="669B1E71" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...65 lines deleted...]
-                  </w:pPr>
+                <w:p w14:paraId="67EBB6AE" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="58CC250D" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="2AB63685" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="73D57CC9" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...15 lines deleted...]
-                    <w:t> </w:t>
+                <w:p w14:paraId="2AF35137" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                    </w:rPr>
+                    <w:t>Hinterlegungssachen</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...74 lines deleted...]
-                  </w:r>
+                <w:p w14:paraId="537F7C5A" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Telefon</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="5CD26C93" w14:textId="3F7A292C" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="001F14F2">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>04731/946-</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00962479">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>123</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="0F9C221D" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="69ED6D8F" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="60212B72" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="738C9B23" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> Fax</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="74288F0A" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>04731/946-40</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00A75AA1" w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>2</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="53046041" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
-              <w:tc>
-[...47 lines deleted...]
-              </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="220A3BBF" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...36 lines deleted...]
-                    <w:t>Zwangsversteigerungen</w:t>
+                <w:p w14:paraId="5490FFE2" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...47 lines deleted...]
-                  </w:pPr>
+                <w:p w14:paraId="59B56162" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="1E65D61A" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="43D373B2" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="69E5CF12" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...15 lines deleted...]
-                    <w:t>Zwangsverwaltungen</w:t>
+                <w:p w14:paraId="7DA2DE2F" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                    </w:rPr>
+                    <w:t>Immobiliarvollstreckung</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6C329C12" w14:textId="77777777" w:rsidR="007A5530" w:rsidRPr="00DE63E4" w:rsidRDefault="007A5530" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Zwangsversteigerungen</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...57 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="6C9A4710" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Telefon</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="75A519A2" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="006041C0">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="59D5608C" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="68FDC8CA" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...7 lines deleted...]
-                  </w:pPr>
+                <w:p w14:paraId="3045DB2E" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Zwangsverwaltungen</w:t>
+                  </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...57 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="02F62DEF" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="394CE279" w14:textId="72E9A60B" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="001F14F2">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>04731/946-</w:t>
+                  </w:r>
+                  <w:r w:rsidR="001F14F2">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>12</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00962479">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>7</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="5598FBB9" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="3D2B5996" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="6B0CCC64" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...30 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="6509FE74" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Fax</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="4B739828" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="006041C0">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>04731/946-4</w:t>
+                  </w:r>
+                  <w:r w:rsidR="006041C0" w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>26</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="2CA12594" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="2A263D3C" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...17 lines deleted...]
-                  </w:r>
+                <w:p w14:paraId="43189985" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...65 lines deleted...]
-                  </w:r>
+                <w:p w14:paraId="21C66ED7" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="5496FAAE" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="3F1BD77A" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="3AF0F2DE" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...15 lines deleted...]
-                    <w:t> </w:t>
+                <w:p w14:paraId="1807FF71" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                    </w:rPr>
+                    <w:t>Insolvenzsachen</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...48 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00037887" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="05DF40F6" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Telefon</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="60CBC59A" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>04731/946-134</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="0468938B" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00037887" w:rsidP="00637261">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>Buchst. L</w:t>
-[...8 lines deleted...]
-                    <w:t>-Z</w:t>
+                    <w:t>Buchst. A-K</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="38EBA4A9" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="48A21167" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...57 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="0C8285B2" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="064FB903" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>04731/946-135</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="3B79562C" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00037887" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Buchst. L</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>-Z</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="1591BE70" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...7 lines deleted...]
-                  </w:pPr>
+                <w:p w14:paraId="4318B698" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="2621BED6" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Fax</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="77A2D482" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="006041C0">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>04731/946-4</w:t>
+                  </w:r>
+                  <w:r w:rsidR="003D6DDA">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>35</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="3CBF64FB" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
-              <w:tc>
-[...47 lines deleted...]
-              </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="67656946" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...37 lines deleted...]
-                  </w:r>
+                <w:p w14:paraId="13438C95" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...82 lines deleted...]
-                    <w:t>G</w:t>
+                <w:p w14:paraId="2174E4F5" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="1C8040A8" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="7F3D229A" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="42458801" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-                  <w:pPr>
+                <w:p w14:paraId="3884A209" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                  </w:pPr>
+                    <w:t>Landwirtschaft</w:t>
+                  </w:r>
+                  <w:r w:rsidR="007A5530" w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:b/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>s</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:b/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>sachen</w:t>
+                  </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...15 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE63E4">
+                <w:p w14:paraId="5348F38F" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Telefon</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="30B488F2" w14:textId="6F726E3F" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946-</w:t>
                   </w:r>
-                  <w:r w:rsidR="0063135B">
-[...57 lines deleted...]
-                    <w:t>-Z</w:t>
+                  <w:r w:rsidR="00962479">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>209</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="18F67725" w14:textId="65594673" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00962479" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Endziffer 0-4</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="72C2C628" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="007F65BC" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...65 lines deleted...]
-                  </w:pPr>
+                <w:p w14:paraId="326E88D5" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="55841B4F" w14:textId="7711BEA8" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00962479" w:rsidP="00DE63E4">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>04731/946-211</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="4818996D" w14:textId="7EAF939E" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00962479" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Endziffer 5-9</w:t>
+                  </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="1C8A63BF" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="3538EB63" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
-                      <w:bCs/>
-[...23 lines deleted...]
-                  </w:r>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...58 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="006901A2">
+                <w:p w14:paraId="63AAFC5F" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Fax</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="31A0A653" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00D90FB6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>04731/946-</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00D90FB6">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>423</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="7B198182" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00652B80" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="20D216ED" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00652B80" w:rsidRPr="00DE63E4" w:rsidRDefault="00C9693A" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="04215242" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                     </w:rPr>
                   </w:pPr>
+                </w:p>
+                <w:p w14:paraId="0D5D667A" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Pfändungs- u. </w:t>
-[...21 lines deleted...]
-                    <w:t>.</w:t>
+                    <w:t>Mobiliarvollstreckung</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00652B80" w:rsidRPr="00DE63E4" w:rsidRDefault="00652B80" w:rsidP="00DE7FC1">
-[...29 lines deleted...]
-                <w:p w:rsidR="00652B80" w:rsidRPr="00DE63E4" w:rsidRDefault="00652B80" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="53310826" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="1B126BA1" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Telefon</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="2CB7C074" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="205EE820" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="73FBE020" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="006901A2">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00037887" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00652B80" w:rsidRPr="00DE63E4" w14:paraId="4EC62D3E" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00037887" w:rsidRPr="00DE63E4" w:rsidRDefault="00037887" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="36C639C5" w14:textId="77777777" w:rsidR="00652B80" w:rsidRPr="00DE63E4" w:rsidRDefault="00C9693A" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                     </w:rPr>
-                    <w:t>beschlüsse</w:t>
+                    <w:t xml:space="preserve">Pfändungs- u. </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                    </w:rPr>
+                    <w:t>Überw</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                    </w:rPr>
+                    <w:t>.</w:t>
+                  </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00037887" w:rsidRPr="00DE63E4" w:rsidRDefault="00037887" w:rsidP="00DE7FC1">
-[...47 lines deleted...]
-                <w:p w:rsidR="00037887" w:rsidRPr="00DE63E4" w:rsidRDefault="00037887" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="6DA312D4" w14:textId="77777777" w:rsidR="00652B80" w:rsidRPr="00DE63E4" w:rsidRDefault="00652B80" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="24164E2C" w14:textId="77777777" w:rsidR="00652B80" w:rsidRPr="00DE63E4" w:rsidRDefault="00652B80" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="06C1AAE8" w14:textId="77777777" w:rsidR="00652B80" w:rsidRPr="00DE63E4" w:rsidRDefault="00652B80" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00037887" w:rsidRPr="00DE63E4" w14:paraId="2673201A" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="00037887" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="23C28EBF" w14:textId="77777777" w:rsidR="00037887" w:rsidRPr="00DE63E4" w:rsidRDefault="00037887" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                     </w:rPr>
-                    <w:t>Sonstige Vollstreckung</w:t>
-                  </w:r>
+                    <w:t>beschlüsse</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="00DE7FC1">
-[...22 lines deleted...]
-                  </w:pPr>
+                <w:p w14:paraId="79EB0C73" w14:textId="77777777" w:rsidR="00037887" w:rsidRPr="00DE63E4" w:rsidRDefault="00037887" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="49499A87" w14:textId="1766052B" w:rsidR="00037887" w:rsidRPr="00DE63E4" w:rsidRDefault="00037887" w:rsidP="00037887">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>04731/946-</w:t>
+                  </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>04731/946-</w:t>
-[...16 lines deleted...]
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="00DE7FC1">
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00962479">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>34</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="27BA0589" w14:textId="77777777" w:rsidR="00037887" w:rsidRPr="00DE63E4" w:rsidRDefault="00037887" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00A25B02" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w14:paraId="368CB17B" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00A25B02" w:rsidRPr="00DE63E4" w:rsidRDefault="00A25B02" w:rsidP="004548DE">
+                <w:p w14:paraId="29A35C4A" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="00037887" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>Sonstige Vollstreckung</w:t>
+                  </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00A25B02" w:rsidRPr="00DE63E4" w:rsidRDefault="00A25B02" w:rsidP="00DE7FC1">
-[...29 lines deleted...]
-                <w:p w:rsidR="00A25B02" w:rsidRPr="00DE63E4" w:rsidRDefault="00A25B02" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="7B184A5C" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="6DE9B690" w14:textId="181DCCD5" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="0042006F" w:rsidP="0063135B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>04731/946-</w:t>
+                  </w:r>
+                  <w:r w:rsidR="0063135B">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                  <w:r w:rsidR="0052076B">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>27</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="3A0D97FE" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00A25B02" w:rsidRPr="00DE63E4" w14:paraId="7C7D435D" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...7 lines deleted...]
-                  </w:pPr>
+                <w:p w14:paraId="4E819D17" w14:textId="12042F4C" w:rsidR="00A25B02" w:rsidRPr="00DE63E4" w:rsidRDefault="00962479" w:rsidP="004548DE">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                    </w:rPr>
+                    <w:t>&amp; Haftbefehle</w:t>
+                  </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...56 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="5D745A4A" w14:textId="77777777" w:rsidR="00A25B02" w:rsidRPr="00DE63E4" w:rsidRDefault="00A25B02" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="53B8A80A" w14:textId="77777777" w:rsidR="00A25B02" w:rsidRPr="00DE63E4" w:rsidRDefault="00A25B02" w:rsidP="0063135B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="6E137BB2" w14:textId="77777777" w:rsidR="00A25B02" w:rsidRPr="00DE63E4" w:rsidRDefault="00A25B02" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="72B84D36" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...16 lines deleted...]
-                  </w:r>
+                <w:p w14:paraId="6C8E2F9C" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...64 lines deleted...]
-                  </w:r>
+                <w:p w14:paraId="25C55202" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> Fax</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="1DE7E494" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="006041C0">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>04731/946-4</w:t>
+                  </w:r>
+                  <w:r w:rsidR="006041C0" w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>26</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="6438D10A" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="78E794AD" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...16 lines deleted...]
-                    <w:t>Nachlasssachen</w:t>
+                <w:p w14:paraId="237715FE" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...81 lines deleted...]
-                    <w:t>G</w:t>
+                <w:p w14:paraId="2A93710A" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="75645636" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="254C3DB2" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="3C689AED" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...15 lines deleted...]
-                    <w:t> </w:t>
+                <w:p w14:paraId="673FA7D5" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                    </w:rPr>
+                    <w:t>Nachlasssachen</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...23 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE63E4">
+                <w:p w14:paraId="1016814E" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Telefon</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="4A6B4887" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946-</w:t>
                   </w:r>
                   <w:r w:rsidR="0042006F">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>133</w:t>
-[...7 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                    <w:t>132</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="10CA4FEB" w14:textId="51655192" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Erblasser </w:t>
                   </w:r>
-                  <w:r w:rsidR="00320D08" w:rsidRPr="00DE63E4">
-[...15 lines deleted...]
-                    <w:t>-Z</w:t>
+                  <w:r w:rsidR="00962479">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>A-L</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="790B418B" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...7 lines deleted...]
-                  </w:pPr>
+                <w:p w14:paraId="140C448D" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...23 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00D90FB6">
+                <w:p w14:paraId="35AE8F85" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="04C4A0EF" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE63E4">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946-</w:t>
                   </w:r>
-                  <w:r w:rsidR="00D90FB6">
-[...7 lines deleted...]
-                  </w:r>
                   <w:r w:rsidR="0042006F">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>6</w:t>
-[...15 lines deleted...]
-                  </w:pPr>
+                    <w:t>133</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="065EAC79" w14:textId="6615A41C" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Erblasser </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00962479">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>M-Z</w:t>
+                  </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="56FF1501" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="3FDE7C6A" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...29 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="5557BF5B" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Fax</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="2254DF86" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00D90FB6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>04731/946-</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00D90FB6">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>42</w:t>
+                  </w:r>
+                  <w:r w:rsidR="0042006F">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>6</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="2D0FECE0" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="2DB024A9" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
+                <w:trHeight w:val="150"/>
+                <w:tblCellSpacing w:w="15" w:type="dxa"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="941" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="12D5BA15" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="282" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="2C506EA1" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="24B0D667" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="2F1E04F0" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="216E18E8" w14:textId="77777777" w:rsidTr="005D3F7A">
+              <w:trPr>
+                <w:gridAfter w:val="1"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="187"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="597B2715" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                     </w:rPr>
                     <w:t>Rechtsantragstelle</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="6497399A" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Telefon</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00E6266A" w:rsidP="00587DB1">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="1889B525" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00E6266A" w:rsidP="00587DB1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946-</w:t>
                   </w:r>
                   <w:r w:rsidR="00587DB1" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>0</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="75F70B01" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="7176F391" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="17BE335B" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                     </w:rPr>
                     <w:t>in Zivilsachen</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="76C4F0F0" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...16 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="7C5C20F1" w14:textId="77777777" w:rsidR="00E6266A" w:rsidRPr="00DE63E4" w:rsidRDefault="00E6266A" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="7568C432" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
-[...9 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="4F3B9BBD" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="3CD278F4" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="630A4C96" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="7B6AF417" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                     </w:rPr>
                     <w:t>Strafsachen</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="5122FE48" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Telefon</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="0042006F" w:rsidP="007D0DC1">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="4681E799" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="0042006F" w:rsidP="007D0DC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946-20</w:t>
                   </w:r>
                   <w:r w:rsidR="007D0DC1">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>3</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="009EB174" w14:textId="3C25A15A" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Buchst. A-</w:t>
                   </w:r>
-                  <w:r w:rsidR="00C9693A" w:rsidRPr="00DE63E4">
-[...6 lines deleted...]
-                    <w:t>K</w:t>
+                  <w:r w:rsidR="00962479">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>F, H-K</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="26F461CF" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="1D28FF18" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="48CF108A" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="0042006F" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="4ABA4949" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="0042006F" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946-20</w:t>
                   </w:r>
                   <w:r w:rsidR="0063135B">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>2</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00037887" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="679A567A" w14:textId="59647832" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00037887" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Buchst.</w:t>
                   </w:r>
+                  <w:r w:rsidR="00962479">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> G,</w:t>
+                  </w:r>
                   <w:r w:rsidR="00587DB1" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="00C9693A" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>L</w:t>
                   </w:r>
                   <w:r w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>-Z</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w14:paraId="61DED6FA" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="085913BA" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="5C566BA9" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Fax</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="7A6D08DC" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946-432</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="43F9D14A" w14:textId="77777777" w:rsidR="00DE7FC1" w:rsidRPr="00DE63E4" w:rsidRDefault="00DE7FC1" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w14:paraId="5C534F6F" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="3CEA1F85" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="00DE7FC1">
-[...29 lines deleted...]
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="00DE7FC1">
+                <w:p w14:paraId="7CC7FDF7" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="1F66E5F7" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="00DE7FC1">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="49910AAC" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="00DE7FC1">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w14:paraId="23E984D8" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                <w:p w14:paraId="031B4532" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                     </w:rPr>
                     <w:t>Unterbringungssachen</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                <w:p w14:paraId="483A49E8" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Telefon</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="7F3232B4" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04</w:t>
                   </w:r>
                   <w:r w:rsidR="00E6266A" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>731/946-125</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="00392232" w:rsidP="004F581E">
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="43D02A09" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="00392232" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>5-9</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w14:paraId="2768D25B" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                <w:p w14:paraId="509A29AF" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                <w:p w14:paraId="453E08E6" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="77E82FBA" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946-126</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="00392232" w:rsidP="004F581E">
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="217BDA0C" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="00392232" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>0-4</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w14:paraId="1CF99769" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                <w:p w14:paraId="7B5AB849" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                <w:p w14:paraId="625CB071" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Fax</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="18E9DCDC" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946-426</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="5ECA966C" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w14:paraId="388EEF33" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                <w:p w14:paraId="2E325962" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
-[...29 lines deleted...]
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                <w:p w14:paraId="5C9BCDF4" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="6039032C" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="063BA0A8" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w14:paraId="443485F8" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                <w:p w14:paraId="5E7B4AC5" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Verwaltung</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                <w:p w14:paraId="3AF06034" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Telefon</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="32A76F4D" w14:textId="5F5675DB" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946-</w:t>
                   </w:r>
                   <w:r w:rsidR="00DE63E4" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>211</w:t>
-[...7 lines deleted...]
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                    <w:t>21</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00962479">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>2</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="5C65B097" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00037887" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="00037887" w:rsidRPr="00DE63E4" w14:paraId="28A095BD" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00037887" w:rsidRPr="00DE63E4" w:rsidRDefault="00037887" w:rsidP="004F581E">
+                <w:p w14:paraId="2E045143" w14:textId="77777777" w:rsidR="00037887" w:rsidRPr="00DE63E4" w:rsidRDefault="00037887" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="00037887" w:rsidRPr="00DE63E4" w:rsidRDefault="00037887" w:rsidP="004F581E">
-[...29 lines deleted...]
-                <w:p w:rsidR="00037887" w:rsidRPr="00DE63E4" w:rsidRDefault="00037887" w:rsidP="004F581E">
+                <w:p w14:paraId="76AE4CD4" w14:textId="77777777" w:rsidR="00037887" w:rsidRPr="00DE63E4" w:rsidRDefault="00037887" w:rsidP="004F581E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="17C66AE3" w14:textId="77777777" w:rsidR="00037887" w:rsidRPr="00DE63E4" w:rsidRDefault="00037887" w:rsidP="004F581E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="31FF4255" w14:textId="77777777" w:rsidR="00037887" w:rsidRPr="00DE63E4" w:rsidRDefault="00037887" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w14:paraId="6C1C9214" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                <w:p w14:paraId="339D4BDA" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                <w:p w14:paraId="3473BC05" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Fax</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="00D90FB6">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="5700CCC7" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="00D90FB6">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946-4</w:t>
                   </w:r>
                   <w:r w:rsidR="00D90FB6">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>23</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="54BCDAA3" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w14:paraId="278D99CB" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                <w:p w14:paraId="1F1CF491" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
-[...29 lines deleted...]
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                <w:p w14:paraId="34DF1659" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="6D692C98" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="76E0C25E" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w14:paraId="118E760F" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                <w:p w14:paraId="7E51CE25" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                     </w:rPr>
                     <w:t>Zahlstelle</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                <w:p w14:paraId="235E53A2" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Telefon</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="74BB40CB" w14:textId="3E240209" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946</w:t>
                   </w:r>
                   <w:r w:rsidR="00A75AA1" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>-</w:t>
                   </w:r>
                   <w:r w:rsidR="00DE63E4" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>211</w:t>
-[...7 lines deleted...]
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                    <w:t>21</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00962479">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>2</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="4EB1AEDF" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w14:paraId="01170ED1" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                <w:p w14:paraId="2153D725" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
-[...29 lines deleted...]
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                <w:p w14:paraId="28717B0A" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="2489E4E2" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="591E790F" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="007D0DC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="007D0DC1" w:rsidRPr="00DE63E4" w14:paraId="1FA60F06" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="007D0DC1" w:rsidRPr="00DE63E4" w:rsidRDefault="007D0DC1" w:rsidP="004F581E">
+                <w:p w14:paraId="6CA01DA6" w14:textId="77777777" w:rsidR="007D0DC1" w:rsidRPr="00DE63E4" w:rsidRDefault="007D0DC1" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="007D0DC1" w:rsidRPr="00DE63E4" w:rsidRDefault="007D0DC1" w:rsidP="004F581E">
-[...29 lines deleted...]
-                <w:p w:rsidR="007D0DC1" w:rsidRPr="00DE63E4" w:rsidRDefault="007D0DC1" w:rsidP="004F581E">
+                <w:p w14:paraId="559E4C36" w14:textId="77777777" w:rsidR="007D0DC1" w:rsidRPr="00DE63E4" w:rsidRDefault="007D0DC1" w:rsidP="004F581E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="34DE9001" w14:textId="77777777" w:rsidR="007D0DC1" w:rsidRDefault="007D0DC1" w:rsidP="004F581E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="59474EC7" w14:textId="77777777" w:rsidR="007D0DC1" w:rsidRPr="00DE63E4" w:rsidRDefault="007D0DC1" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w14:paraId="4D6DDA63" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                <w:p w14:paraId="409B0DC8" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                     </w:rPr>
                     <w:t>Zeugenentschädigung</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                <w:p w14:paraId="176C78C4" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Telefon</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="0042006F" w:rsidP="004F581E">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="3761B924" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="0042006F" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946-202</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="3B086DEC" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="007D0DC1" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="007D0DC1" w:rsidRPr="00DE63E4" w14:paraId="54703DD6" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="007D0DC1" w:rsidRPr="00DE63E4" w:rsidRDefault="007D0DC1" w:rsidP="004F581E">
+                <w:p w14:paraId="0A5FF823" w14:textId="77777777" w:rsidR="007D0DC1" w:rsidRPr="00DE63E4" w:rsidRDefault="007D0DC1" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="007D0DC1" w:rsidRPr="00DE63E4" w:rsidRDefault="007D0DC1" w:rsidP="004F581E">
-[...14 lines deleted...]
-                <w:p w:rsidR="007D0DC1" w:rsidRDefault="007D0DC1" w:rsidP="004F581E">
+                <w:p w14:paraId="1EBF06F9" w14:textId="77777777" w:rsidR="007D0DC1" w:rsidRPr="00DE63E4" w:rsidRDefault="007D0DC1" w:rsidP="004F581E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="217B3109" w14:textId="77777777" w:rsidR="007D0DC1" w:rsidRDefault="007D0DC1" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946-203</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="007D0DC1" w:rsidRPr="00DE63E4" w:rsidRDefault="007D0DC1" w:rsidP="004F581E">
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="0E14F10D" w14:textId="77777777" w:rsidR="007D0DC1" w:rsidRPr="00DE63E4" w:rsidRDefault="007D0DC1" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w14:paraId="457E55D3" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                <w:p w14:paraId="71012AD5" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
-[...29 lines deleted...]
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                <w:p w14:paraId="54D52364" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="0FBB9078" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="29A1F69B" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="004F581E" w:rsidRPr="00DE63E4" w14:paraId="6414BF9F" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                <w:p w14:paraId="1AAF5E5D" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                <w:p w14:paraId="54C3E00A" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="7976B9B2" w14:textId="77777777" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1150" w:type="pct"/>
-[...18 lines deleted...]
-                  </w:r>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="5ABEC83D" w14:textId="5572443B" w:rsidR="004F581E" w:rsidRPr="00DE63E4" w:rsidRDefault="004F581E" w:rsidP="004F581E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="0065147E" w:rsidRPr="00DE63E4" w14:paraId="3AFF0502" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
+                <w:p w14:paraId="0B083372" w14:textId="77777777" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                     </w:rPr>
                     <w:t>Zivilsachen</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
+                <w:p w14:paraId="54AA597B" w14:textId="77777777" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Telefon</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1635" w:type="pct"/>
-[...1 lines deleted...]
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="00037887">
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="26379EF3" w14:textId="0D41C878" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="00037887">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>04731/946</w:t>
                   </w:r>
                   <w:r w:rsidR="00587DB1" w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>-</w:t>
                   </w:r>
-                  <w:r w:rsidR="00037887">
-[...14 lines deleted...]
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0063135B" w:rsidP="0065147E">
+                  <w:r w:rsidR="00962479">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>132</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="3ED98CE5" w14:textId="287E3686" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="0065147E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>0-3</w:t>
+                    <w:t>4-7</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w14:paraId="76E6F736" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
-[...5 lines deleted...]
-                      <w:szCs w:val="16"/>
+                <w:p w14:paraId="7A0E9A3C" w14:textId="77777777" w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="0065147E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
-[...47 lines deleted...]
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0063135B" w:rsidP="0065147E">
+                <w:p w14:paraId="1D3FDB3F" w14:textId="77777777" w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="0065147E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="35CAC5A5" w14:textId="499C442A" w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="00037887">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>4-9</w:t>
+                    <w:t>04731/946-123</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="3F0D28E7" w14:textId="432BEF8F" w:rsidR="005D3F7A" w:rsidRDefault="005D3F7A" w:rsidP="0065147E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>8,9</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="0065147E" w:rsidRPr="00DE63E4" w14:paraId="714648EF" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
-[...16 lines deleted...]
-                  </w:r>
+                <w:p w14:paraId="646FF311" w14:textId="77777777" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
-[...64 lines deleted...]
-                  </w:pPr>
+                <w:p w14:paraId="35CCCF1C" w14:textId="77777777" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="0D322949" w14:textId="6C39439B" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="0063135B">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>04731/946-133</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="58668D44" w14:textId="0910020A" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="0065147E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>0-3</w:t>
+                  </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="0065147E" w:rsidRPr="00DE63E4" w14:paraId="6BD8025B" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
-[...7 lines deleted...]
-                  </w:pPr>
+                <w:p w14:paraId="3068F3DC" w14:textId="77777777" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
-[...29 lines deleted...]
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
+                <w:p w14:paraId="455FFC4A" w14:textId="77777777" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Fax</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="0E5E73A9" w14:textId="77777777" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="00D90FB6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>04731/946-42</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00D90FB6">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>3</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="5887C687" w14:textId="77777777" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="0065147E" w:rsidRPr="00DE63E4" w14:paraId="36911417" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
-[...17 lines deleted...]
-                  </w:r>
+                <w:p w14:paraId="58DF4AAD" w14:textId="77777777" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
-[...38 lines deleted...]
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
+                <w:p w14:paraId="0940C52A" w14:textId="77777777" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="14D88878" w14:textId="77777777" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="51F81D83" w14:textId="77777777" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="0065147E" w:rsidRPr="00DE63E4" w14:paraId="49AB4A11" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
+                <w:p w14:paraId="76BC869A" w14:textId="77777777" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00DE63E4">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>Zwangsverwaltungen</w:t>
+                    <w:t>Zwangsversteigerungen und</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
-[...56 lines deleted...]
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
+                <w:p w14:paraId="3984B064" w14:textId="77777777" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Telefon</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="326FBC47" w14:textId="77777777" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="0396C25E" w14:textId="77777777" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="0065147E" w:rsidRPr="00DE63E4" w14:paraId="3FAD8A29" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
-[...7 lines deleted...]
-                  </w:pPr>
+                <w:p w14:paraId="4B4557AD" w14:textId="77777777" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:b/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Zwangsverwaltungen</w:t>
+                  </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
-[...64 lines deleted...]
-                  </w:pPr>
+                <w:p w14:paraId="3E415819" w14:textId="77777777" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="6BDD7F29" w14:textId="0C1A5D8C" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="001F14F2">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>04731/946-</w:t>
+                  </w:r>
+                  <w:r w:rsidR="001F14F2">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>12</w:t>
+                  </w:r>
+                  <w:r w:rsidR="005D3F7A">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>7</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="2B643E0F" w14:textId="148FD9D4" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="0065147E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Ungerade Endziffern</w:t>
+                  </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="0065147E" w:rsidRPr="00DE63E4" w14:paraId="0DFF7ACA" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
+                <w:p w14:paraId="7F9A1005" w14:textId="77777777" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
-[...37 lines deleted...]
-                  </w:pPr>
+                <w:p w14:paraId="54659ACF" w14:textId="57ED6435" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="58F0CEF0" w14:textId="39FF5FC3" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="006041C0">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>04731/946-134</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="293FC1ED" w14:textId="49138D48" w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="0065147E">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Gerade Endziffern</w:t>
+                  </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w14:paraId="5F823F1E" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
-[...3 lines deleted...]
-                      <w:b/>
+                <w:p w14:paraId="1D165B1F" w14:textId="77777777" w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="005D3F7A">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
-[...29 lines deleted...]
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
+                <w:p w14:paraId="7DB26F87" w14:textId="137E94FB" w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="005D3F7A">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Fax</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="416D81E2" w14:textId="7A261601" w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="005D3F7A">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE63E4">
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>04731/946-426</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="211C8E0D" w14:textId="77777777" w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="005D3F7A">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w14:paraId="526155B8" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
+                <w:p w14:paraId="22BC5D28" w14:textId="77777777" w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="005D3F7A">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
-[...29 lines deleted...]
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
+                <w:p w14:paraId="2F4E99A7" w14:textId="77777777" w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="005D3F7A">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="75697880" w14:textId="77777777" w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="005D3F7A">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="6A40C8B9" w14:textId="77777777" w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="005D3F7A">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w14:paraId="5362C391" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
-[...2 lines deleted...]
-                      <w:rFonts w:cs="Arial"/>
+                <w:p w14:paraId="7B225EFD" w14:textId="77777777" w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="005D3F7A">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
-[...29 lines deleted...]
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
+                <w:p w14:paraId="70A3065F" w14:textId="77777777" w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="005D3F7A">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="39384B18" w14:textId="77777777" w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="005D3F7A">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="3FA5B6CE" w14:textId="77777777" w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="005D3F7A">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w14:paraId="5E3FF9F7" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
+                <w:p w14:paraId="0EF57D80" w14:textId="77777777" w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="005D3F7A">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
-[...29 lines deleted...]
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
+                <w:p w14:paraId="7ADC5995" w14:textId="77777777" w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="005D3F7A">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="7265B145" w14:textId="77777777" w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="005D3F7A">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="424EA5EB" w14:textId="77777777" w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="005D3F7A">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidTr="0063135B">
+            <w:tr w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w14:paraId="3B00E94A" w14:textId="77777777" w:rsidTr="005D3F7A">
               <w:trPr>
                 <w:gridAfter w:val="1"/>
-                <w:wAfter w:w="902" w:type="pct"/>
+                <w:wAfter w:w="890" w:type="pct"/>
                 <w:trHeight w:val="150"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="941" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
+                <w:p w14:paraId="57657184" w14:textId="77777777" w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="005D3F7A">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="282" w:type="pct"/>
                 </w:tcPr>
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
-[...29 lines deleted...]
-                <w:p w:rsidR="0065147E" w:rsidRPr="00DE63E4" w:rsidRDefault="0065147E" w:rsidP="0065147E">
+                <w:p w14:paraId="69C0A74C" w14:textId="77777777" w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="005D3F7A">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="1EDF005A" w14:textId="77777777" w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="005D3F7A">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="6C1D4C31" w14:textId="77777777" w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="005D3F7A">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w14:paraId="58FD364F" w14:textId="77777777" w:rsidTr="005D3F7A">
+              <w:trPr>
+                <w:gridAfter w:val="1"/>
+                <w:wAfter w:w="890" w:type="pct"/>
+                <w:trHeight w:val="150"/>
+                <w:tblCellSpacing w:w="15" w:type="dxa"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="941" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="2D028E88" w14:textId="77777777" w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="005D3F7A">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="282" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="5622B84B" w14:textId="77777777" w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="005D3F7A">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1615" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="0D04FAA1" w14:textId="77777777" w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="005D3F7A">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cs="Arial"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1182" w:type="pct"/>
+                </w:tcPr>
+                <w:p w14:paraId="130F9CC0" w14:textId="77777777" w:rsidR="005D3F7A" w:rsidRPr="00DE63E4" w:rsidRDefault="005D3F7A" w:rsidP="005D3F7A">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="00272607" w:rsidRPr="00DE63E4" w:rsidRDefault="00272607" w:rsidP="00D812A6">
+          <w:p w14:paraId="05195643" w14:textId="77777777" w:rsidR="00272607" w:rsidRPr="00DE63E4" w:rsidRDefault="00272607" w:rsidP="00D812A6">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="002C2093" w:rsidRPr="00DE63E4" w:rsidRDefault="002C2093" w:rsidP="00DE63E4"/>
+          <w:p w14:paraId="380EE87C" w14:textId="77777777" w:rsidR="002C2093" w:rsidRPr="00DE63E4" w:rsidRDefault="002C2093" w:rsidP="00DE63E4"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812A6" w:rsidRDefault="00D812A6" w:rsidP="00D812A6">
+          <w:p w14:paraId="2EF9B3F7" w14:textId="77777777" w:rsidR="00D812A6" w:rsidRDefault="00D812A6" w:rsidP="00D812A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B65DD9" w:rsidRDefault="00B65DD9" w:rsidP="00D812A6">
+          <w:p w14:paraId="3C79D92E" w14:textId="77777777" w:rsidR="00B65DD9" w:rsidRDefault="00B65DD9" w:rsidP="00D812A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00070E98" w:rsidRPr="00D812A6" w:rsidRDefault="00070E98" w:rsidP="00D812A6">
+          <w:p w14:paraId="298D9A5F" w14:textId="77777777" w:rsidR="00070E98" w:rsidRPr="00D812A6" w:rsidRDefault="00070E98" w:rsidP="00D812A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F31C6" w:rsidRPr="00D812A6">
+      <w:tr w:rsidR="004F31C6" w:rsidRPr="00D812A6" w14:paraId="20F8E307" w14:textId="77777777">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F31C6" w:rsidRPr="00D812A6" w:rsidRDefault="004F31C6" w:rsidP="00D812A6">
+          <w:p w14:paraId="062723A3" w14:textId="77777777" w:rsidR="004F31C6" w:rsidRPr="00D812A6" w:rsidRDefault="004F31C6" w:rsidP="00D812A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F31C6" w:rsidRDefault="004F31C6"/>
+          <w:p w14:paraId="268EC7CF" w14:textId="77777777" w:rsidR="004F31C6" w:rsidRDefault="004F31C6"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F31C6" w:rsidRDefault="004F31C6" w:rsidP="00D812A6">
+          <w:p w14:paraId="4E940E64" w14:textId="77777777" w:rsidR="004F31C6" w:rsidRDefault="004F31C6" w:rsidP="00D812A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445F54" w:rsidRPr="00D812A6">
+      <w:tr w:rsidR="00445F54" w:rsidRPr="00D812A6" w14:paraId="2CCBC7F0" w14:textId="77777777" w:rsidTr="003B1A23">
         <w:trPr>
+          <w:trHeight w:val="422"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445F54" w:rsidRPr="00D812A6" w:rsidRDefault="00445F54" w:rsidP="00D812A6">
+          <w:p w14:paraId="072A4F13" w14:textId="77777777" w:rsidR="00445F54" w:rsidRPr="00D812A6" w:rsidRDefault="00445F54" w:rsidP="00D812A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445F54" w:rsidRDefault="00445F54"/>
+          <w:p w14:paraId="7D2842F9" w14:textId="77777777" w:rsidR="00445F54" w:rsidRDefault="00445F54"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445F54" w:rsidRDefault="00445F54" w:rsidP="00D812A6">
+          <w:p w14:paraId="0C9E37B5" w14:textId="77777777" w:rsidR="00445F54" w:rsidRDefault="00445F54" w:rsidP="00D812A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D812A6" w:rsidRPr="00D812A6">
+      <w:tr w:rsidR="00D812A6" w:rsidRPr="00D812A6" w14:paraId="4F054962" w14:textId="77777777">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D812A6" w:rsidRPr="00D812A6" w:rsidRDefault="007D0DC1" w:rsidP="0063135B">
+          <w:p w14:paraId="20C209F9" w14:textId="2AFDF50E" w:rsidR="00D812A6" w:rsidRPr="00D812A6" w:rsidRDefault="005D3F7A" w:rsidP="0063135B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>27</w:t>
-[...28 lines deleted...]
-              <w:t>2025</w:t>
+              <w:t>Stand: 1.3.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000A63BA" w:rsidRDefault="000A63BA"/>
+    <w:p w14:paraId="18DD09B9" w14:textId="77777777" w:rsidR="000A63BA" w:rsidRDefault="000A63BA"/>
     <w:sectPr w:rsidR="000A63BA">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="dgnword-docGUID" w:val="{F10FFEFC-EEE4-4758-A4DA-1FBB26466464}"/>
     <w:docVar w:name="dgnword-eventsink" w:val="432574976"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00D812A6"/>
     <w:rsid w:val="0000058C"/>
     <w:rsid w:val="0000330C"/>
     <w:rsid w:val="00007D22"/>
     <w:rsid w:val="00011D7E"/>
     <w:rsid w:val="00012E46"/>
     <w:rsid w:val="000203B4"/>
     <w:rsid w:val="00020519"/>
     <w:rsid w:val="0002182E"/>
     <w:rsid w:val="00023470"/>
     <w:rsid w:val="00024827"/>
     <w:rsid w:val="00033C6D"/>
     <w:rsid w:val="00037887"/>
     <w:rsid w:val="00060ED5"/>
     <w:rsid w:val="00061B86"/>
     <w:rsid w:val="00070B90"/>
     <w:rsid w:val="00070E98"/>
     <w:rsid w:val="0007296B"/>
     <w:rsid w:val="00074F48"/>
     <w:rsid w:val="00075D2E"/>
     <w:rsid w:val="0008320E"/>
     <w:rsid w:val="00093A3E"/>
     <w:rsid w:val="000A63BA"/>
     <w:rsid w:val="000B7E5B"/>
     <w:rsid w:val="000C7C4F"/>
     <w:rsid w:val="000E719B"/>
     <w:rsid w:val="000F03D9"/>
     <w:rsid w:val="000F48E1"/>
+    <w:rsid w:val="00106D5B"/>
     <w:rsid w:val="001078F6"/>
     <w:rsid w:val="00113D25"/>
     <w:rsid w:val="0013397A"/>
     <w:rsid w:val="00137085"/>
     <w:rsid w:val="00144DBB"/>
     <w:rsid w:val="001568A0"/>
     <w:rsid w:val="00174FEE"/>
     <w:rsid w:val="00176004"/>
     <w:rsid w:val="0019134E"/>
     <w:rsid w:val="001A08B0"/>
     <w:rsid w:val="001A116E"/>
     <w:rsid w:val="001A4376"/>
     <w:rsid w:val="001B60F8"/>
     <w:rsid w:val="001C0FB0"/>
     <w:rsid w:val="001C5D77"/>
     <w:rsid w:val="001E433F"/>
     <w:rsid w:val="001E4D72"/>
     <w:rsid w:val="001E532B"/>
     <w:rsid w:val="001F14F2"/>
     <w:rsid w:val="001F320B"/>
     <w:rsid w:val="001F795A"/>
     <w:rsid w:val="00200746"/>
     <w:rsid w:val="0020450D"/>
     <w:rsid w:val="0021750F"/>
     <w:rsid w:val="00231513"/>
@@ -9498,104 +9678,107 @@
     <w:rsid w:val="002F2097"/>
     <w:rsid w:val="00301754"/>
     <w:rsid w:val="003031FE"/>
     <w:rsid w:val="003058D1"/>
     <w:rsid w:val="00320D08"/>
     <w:rsid w:val="00324E9E"/>
     <w:rsid w:val="00330483"/>
     <w:rsid w:val="00332968"/>
     <w:rsid w:val="00337422"/>
     <w:rsid w:val="003438E8"/>
     <w:rsid w:val="00347FAD"/>
     <w:rsid w:val="00350533"/>
     <w:rsid w:val="00351732"/>
     <w:rsid w:val="003638B1"/>
     <w:rsid w:val="00364C27"/>
     <w:rsid w:val="00366350"/>
     <w:rsid w:val="00375559"/>
     <w:rsid w:val="003902D2"/>
     <w:rsid w:val="00390D95"/>
     <w:rsid w:val="00391763"/>
     <w:rsid w:val="00392232"/>
     <w:rsid w:val="003977A7"/>
     <w:rsid w:val="003A100E"/>
     <w:rsid w:val="003A5B70"/>
     <w:rsid w:val="003A6F74"/>
+    <w:rsid w:val="003B1A23"/>
     <w:rsid w:val="003B1E38"/>
     <w:rsid w:val="003B27E3"/>
     <w:rsid w:val="003B2D55"/>
     <w:rsid w:val="003B2ED1"/>
     <w:rsid w:val="003C30AE"/>
     <w:rsid w:val="003C7DAB"/>
     <w:rsid w:val="003D269F"/>
     <w:rsid w:val="003D6DDA"/>
     <w:rsid w:val="003F0C14"/>
     <w:rsid w:val="003F31AD"/>
     <w:rsid w:val="003F5A3F"/>
     <w:rsid w:val="003F6C70"/>
     <w:rsid w:val="0041019E"/>
     <w:rsid w:val="0041120D"/>
     <w:rsid w:val="0042006F"/>
     <w:rsid w:val="00422774"/>
     <w:rsid w:val="004257A8"/>
     <w:rsid w:val="0042675B"/>
     <w:rsid w:val="00426F63"/>
     <w:rsid w:val="00434F75"/>
     <w:rsid w:val="00435CCD"/>
     <w:rsid w:val="004419A3"/>
     <w:rsid w:val="00442CED"/>
     <w:rsid w:val="00445CF7"/>
     <w:rsid w:val="00445F54"/>
     <w:rsid w:val="004548DE"/>
     <w:rsid w:val="00455F44"/>
     <w:rsid w:val="00472B31"/>
     <w:rsid w:val="00491D20"/>
     <w:rsid w:val="004A6303"/>
     <w:rsid w:val="004B04E3"/>
     <w:rsid w:val="004B07C0"/>
     <w:rsid w:val="004B73F6"/>
     <w:rsid w:val="004D21F3"/>
     <w:rsid w:val="004D3028"/>
     <w:rsid w:val="004E091B"/>
     <w:rsid w:val="004F31C6"/>
     <w:rsid w:val="004F581E"/>
     <w:rsid w:val="004F5EFD"/>
     <w:rsid w:val="005075BF"/>
     <w:rsid w:val="0051025B"/>
+    <w:rsid w:val="0052076B"/>
     <w:rsid w:val="00520D2A"/>
     <w:rsid w:val="0053131F"/>
     <w:rsid w:val="005333C6"/>
     <w:rsid w:val="00553214"/>
     <w:rsid w:val="00557CC4"/>
     <w:rsid w:val="00564C92"/>
     <w:rsid w:val="00587DB1"/>
     <w:rsid w:val="00592CA9"/>
     <w:rsid w:val="005930C0"/>
     <w:rsid w:val="005A0864"/>
     <w:rsid w:val="005A1F71"/>
     <w:rsid w:val="005B2C85"/>
     <w:rsid w:val="005B5D3F"/>
+    <w:rsid w:val="005D3F7A"/>
     <w:rsid w:val="006041C0"/>
     <w:rsid w:val="006224EE"/>
     <w:rsid w:val="0063135B"/>
     <w:rsid w:val="006339D0"/>
     <w:rsid w:val="00634EFE"/>
     <w:rsid w:val="00637261"/>
     <w:rsid w:val="0065147E"/>
     <w:rsid w:val="00652B80"/>
     <w:rsid w:val="006548EB"/>
     <w:rsid w:val="00660577"/>
     <w:rsid w:val="006644C0"/>
     <w:rsid w:val="00664E9E"/>
     <w:rsid w:val="006659B2"/>
     <w:rsid w:val="0068342E"/>
     <w:rsid w:val="006901A2"/>
     <w:rsid w:val="00690C95"/>
     <w:rsid w:val="00691A80"/>
     <w:rsid w:val="00692963"/>
     <w:rsid w:val="00695699"/>
     <w:rsid w:val="006B1F94"/>
     <w:rsid w:val="006C23E6"/>
     <w:rsid w:val="006C453C"/>
     <w:rsid w:val="006D27CE"/>
     <w:rsid w:val="006D3E2D"/>
     <w:rsid w:val="006E1B74"/>
@@ -9622,80 +9805,82 @@
     <w:rsid w:val="007F2E05"/>
     <w:rsid w:val="008103D1"/>
     <w:rsid w:val="00812047"/>
     <w:rsid w:val="00820EBA"/>
     <w:rsid w:val="008240FB"/>
     <w:rsid w:val="0082579C"/>
     <w:rsid w:val="008271C6"/>
     <w:rsid w:val="00837044"/>
     <w:rsid w:val="008504D5"/>
     <w:rsid w:val="00850DBB"/>
     <w:rsid w:val="0085614E"/>
     <w:rsid w:val="008576DE"/>
     <w:rsid w:val="0087322F"/>
     <w:rsid w:val="008A4A6B"/>
     <w:rsid w:val="008B1E01"/>
     <w:rsid w:val="008C4401"/>
     <w:rsid w:val="008E101B"/>
     <w:rsid w:val="008E4589"/>
     <w:rsid w:val="008E5E21"/>
     <w:rsid w:val="008F07BC"/>
     <w:rsid w:val="008F0C7E"/>
     <w:rsid w:val="009015C2"/>
     <w:rsid w:val="00911263"/>
     <w:rsid w:val="00927462"/>
     <w:rsid w:val="0095349A"/>
+    <w:rsid w:val="00962479"/>
     <w:rsid w:val="009624EC"/>
     <w:rsid w:val="00965F06"/>
     <w:rsid w:val="00976716"/>
     <w:rsid w:val="00977CBE"/>
     <w:rsid w:val="009902D8"/>
     <w:rsid w:val="00995034"/>
     <w:rsid w:val="009B4145"/>
     <w:rsid w:val="009B4BD8"/>
     <w:rsid w:val="009C2ED4"/>
     <w:rsid w:val="009C3202"/>
     <w:rsid w:val="009C7C68"/>
     <w:rsid w:val="009D2ACE"/>
     <w:rsid w:val="009D641C"/>
     <w:rsid w:val="00A01451"/>
     <w:rsid w:val="00A16906"/>
     <w:rsid w:val="00A25B02"/>
     <w:rsid w:val="00A37755"/>
     <w:rsid w:val="00A47A84"/>
     <w:rsid w:val="00A5658F"/>
     <w:rsid w:val="00A608D8"/>
     <w:rsid w:val="00A61A15"/>
     <w:rsid w:val="00A75AA1"/>
     <w:rsid w:val="00A81369"/>
     <w:rsid w:val="00AC31B7"/>
     <w:rsid w:val="00AD0F6B"/>
     <w:rsid w:val="00B0297F"/>
     <w:rsid w:val="00B064CD"/>
     <w:rsid w:val="00B113D7"/>
     <w:rsid w:val="00B153CC"/>
     <w:rsid w:val="00B206A7"/>
+    <w:rsid w:val="00B2691A"/>
     <w:rsid w:val="00B3202A"/>
     <w:rsid w:val="00B43BF2"/>
     <w:rsid w:val="00B4473C"/>
     <w:rsid w:val="00B52FCF"/>
     <w:rsid w:val="00B65DD9"/>
     <w:rsid w:val="00B73275"/>
     <w:rsid w:val="00B808A4"/>
     <w:rsid w:val="00B83D26"/>
     <w:rsid w:val="00B83E53"/>
     <w:rsid w:val="00B8453A"/>
     <w:rsid w:val="00B87A3E"/>
     <w:rsid w:val="00B91EF0"/>
     <w:rsid w:val="00B92B9A"/>
     <w:rsid w:val="00B969DC"/>
     <w:rsid w:val="00B971EE"/>
     <w:rsid w:val="00BA611E"/>
     <w:rsid w:val="00BB1DBB"/>
     <w:rsid w:val="00BC02FA"/>
     <w:rsid w:val="00BC1FB8"/>
     <w:rsid w:val="00BC6A28"/>
     <w:rsid w:val="00BD3F47"/>
     <w:rsid w:val="00BE2C5D"/>
     <w:rsid w:val="00BE6BEE"/>
     <w:rsid w:val="00C00D81"/>
     <w:rsid w:val="00C22685"/>
@@ -9775,67 +9960,67 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1C7CD94E"/>
+  <w14:docId w14:val="1CDE6200"/>
   <w15:docId w15:val="{DC3887F8-05E9-41BD-A7E6-FEC147D3C7D7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10156,50 +10341,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -10311,51 +10501,51 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F8449E"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SprechblasentextZchn">
     <w:name w:val="Sprechblasentext Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Sprechblasentext"/>
     <w:semiHidden/>
     <w:rsid w:val="00F8449E"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -10610,81 +10800,81 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>232</Words>
-  <Characters>2434</Characters>
+  <Words>384</Words>
+  <Characters>2424</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Ansprechpartner</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Justiz Niedersachsen</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2661</CharactersWithSpaces>
+  <CharactersWithSpaces>2803</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Ansprechpartner</dc:title>
   <dc:creator>j003139</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="E2AIsAutoSave">
-    <vt:lpwstr>False</vt:lpwstr>
+    <vt:lpwstr>True</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="E2ASchriftstueckId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="e2a-Id">
-    <vt:lpwstr>902377a2-54da-4463-ad59-ed9a69b223d5</vt:lpwstr>
+    <vt:lpwstr>be4618a6-4d3f-43f9-ae36-0852249d569f</vt:lpwstr>
   </property>
 </Properties>
 </file>